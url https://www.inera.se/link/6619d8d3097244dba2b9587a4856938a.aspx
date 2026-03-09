--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -1,248 +1,289 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1F9C7D92" w14:textId="69887F43" w:rsidR="00B57148" w:rsidRPr="0073362F" w:rsidRDefault="00B57148" w:rsidP="00955D40">
+    <w:p w14:paraId="1F9C7D92" w14:textId="37237D26" w:rsidR="00B57148" w:rsidRPr="0073362F" w:rsidRDefault="00B57148" w:rsidP="00955D40">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0073362F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Blankett för </w:t>
       </w:r>
       <w:r w:rsidR="008222A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">anslutning </w:t>
+        <w:t>anslutning</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81737">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till</w:t>
+      </w:r>
+      <w:r w:rsidR="008222A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA403B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Designverktyget</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378D0E95" w14:textId="2745FE94" w:rsidR="007462C3" w:rsidRDefault="005D0E36" w:rsidP="008222A6">
+    <w:p w14:paraId="39752A91" w14:textId="5A68D0F8" w:rsidR="008F3AB5" w:rsidRDefault="005D0E36" w:rsidP="00B57148">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D0E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Syftet med denna blankett är att </w:t>
       </w:r>
       <w:r w:rsidR="008222A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">den nationella förvaltningen på 1177 Vårdguiden ska kunna </w:t>
+        <w:t xml:space="preserve">den nationella förvaltningen på 1177 ska kunna </w:t>
       </w:r>
       <w:r w:rsidR="00AA403B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">skapa en utgivare i Designverktyget. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39752A91" w14:textId="77777777" w:rsidR="008F3AB5" w:rsidRPr="0073362F" w:rsidRDefault="008F3AB5" w:rsidP="00B57148">
+    <w:p w14:paraId="4C060FEE" w14:textId="77777777" w:rsidR="00F40B94" w:rsidRPr="00F40B94" w:rsidRDefault="00F40B94" w:rsidP="00B57148">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="8726" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8726"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AB5CDD" w:rsidRPr="0073362F" w14:paraId="2B6C6214" w14:textId="77777777" w:rsidTr="009D6921">
         <w:trPr>
           <w:trHeight w:val="1602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5EEEDE9B" w14:textId="746B3BB1" w:rsidR="007462C3" w:rsidRDefault="00DB2F20" w:rsidP="009D6921">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Utgivare</w:t>
             </w:r>
             <w:r w:rsidR="00A94612">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>nhet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CDEC9A9" w14:textId="04221E04" w:rsidR="007757F7" w:rsidRDefault="008F31B9" w:rsidP="009D6921">
+          <w:p w14:paraId="0CDEC9A9" w14:textId="7643AA8B" w:rsidR="007757F7" w:rsidRDefault="008F31B9" w:rsidP="009D6921">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Namn på vårdgivare</w:t>
             </w:r>
             <w:r w:rsidR="002A627F" w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="003354B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1189881917"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000C763C" w:rsidRPr="0073362F">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="2BE623F2" w14:textId="2B953FA9" w:rsidR="00DB2F20" w:rsidRPr="00C30AB3" w:rsidRDefault="00DB2F20" w:rsidP="009D6921">
+          <w:p w14:paraId="2BE623F2" w14:textId="246F847B" w:rsidR="00DB2F20" w:rsidRPr="00C30AB3" w:rsidRDefault="00DB2F20" w:rsidP="009D6921">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Namn enligt Bolagsverket/skatteverket:</w:t>
+              <w:t>Namn enligt Bolagsverket/</w:t>
+            </w:r>
+            <w:r w:rsidR="006D6D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>katteverket:</w:t>
             </w:r>
             <w:r w:rsidRPr="00856AFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1845198710"/>
                 <w:placeholder>
                   <w:docPart w:val="11030EBC36E54F5EAB89F68DF061ED79"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -284,334 +325,383 @@
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1936821277"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00252E3A" w:rsidRPr="00C22C9E">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5CDD" w:rsidRPr="0073362F" w14:paraId="018CCF2E" w14:textId="77777777" w:rsidTr="004B64BE">
+      <w:tr w:rsidR="00AB5CDD" w:rsidRPr="0073362F" w14:paraId="018CCF2E" w14:textId="77777777" w:rsidTr="00C87FFE">
         <w:trPr>
-          <w:trHeight w:val="3390"/>
+          <w:trHeight w:val="2965"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77FB6850" w14:textId="6B441C15" w:rsidR="00733DD7" w:rsidRPr="00F7570E" w:rsidRDefault="004B64BE" w:rsidP="004B64BE">
+          <w:p w14:paraId="02DDB71C" w14:textId="2C3CCFFC" w:rsidR="007D24AE" w:rsidRPr="001F61DD" w:rsidRDefault="004B64BE" w:rsidP="009D6921">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Ansvarig person utgivarenhet</w:t>
             </w:r>
             <w:r w:rsidR="00856AFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B84335" w:rsidRPr="002E514C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Den person som är ansvarig på utgivarenheten får även rollerna behörighetsadministratör, utgivare, designer och </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="001821E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>testbehandlare</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> i Designverktyget. Som behörighetsadministratör kan personen sedan administrera vilka som ska ha tillgång till Designverktyget på utgivarenheten samt vilka roller de ska ha. </w:t>
             </w:r>
             <w:r w:rsidR="000627DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E60E3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0073362F">
+            <w:r w:rsidR="00082A2B" w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="007560CE" w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>amn</w:t>
             </w:r>
             <w:r w:rsidR="007D24AE" w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="003354B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="828167340"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0073362F" w:rsidRPr="00C22C9E">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="0EC64BF9" w14:textId="3B423019" w:rsidR="007560CE" w:rsidRPr="0073362F" w:rsidRDefault="00F84540" w:rsidP="009D6921">
+          <w:p w14:paraId="0EC64BF9" w14:textId="4BEDCE37" w:rsidR="007560CE" w:rsidRPr="0073362F" w:rsidRDefault="00F84540" w:rsidP="009D6921">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Fullständigt </w:t>
             </w:r>
             <w:r w:rsidR="007560CE" w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>HSA</w:t>
             </w:r>
             <w:r w:rsidR="00C51FC5" w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-id</w:t>
             </w:r>
             <w:r w:rsidR="006609AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF7F7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF7F7F" w:rsidRPr="006E1346">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CF7F7F" w:rsidRPr="006E1346">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t ex</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CF7F7F" w:rsidRPr="006E1346">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SEXXXXXXXXX-XXXX)</w:t>
             </w:r>
             <w:r w:rsidR="00970F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="552195987"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0073362F" w:rsidRPr="00C22C9E">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="685D35AC" w14:textId="4DDDDF6D" w:rsidR="006C4352" w:rsidRDefault="00E77A39" w:rsidP="009D6921">
+          <w:p w14:paraId="685D35AC" w14:textId="3FF88835" w:rsidR="006C4352" w:rsidRDefault="00E77A39" w:rsidP="009D6921">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>E-postadress:</w:t>
+            </w:r>
+            <w:r w:rsidR="00695544">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2110341952"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0073362F" w:rsidRPr="00C22C9E">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="423A0EB9" w14:textId="65422F5D" w:rsidR="004B64BE" w:rsidRDefault="004B64BE" w:rsidP="004B64BE">
+          <w:p w14:paraId="423A0EB9" w14:textId="3C8E2545" w:rsidR="004B64BE" w:rsidRDefault="004B64BE" w:rsidP="004B64BE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
             <w:r w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00695544">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-803692991"/>
                 <w:placeholder>
                   <w:docPart w:val="7D46F91900384B5199E067FD933422A4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00C22C9E">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -632,149 +722,172 @@
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="4671"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="8726" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8726"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EB1626" w:rsidRPr="0073362F" w14:paraId="2FE8B945" w14:textId="77777777" w:rsidTr="00F411C8">
         <w:trPr>
           <w:trHeight w:val="1602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46125BA8" w14:textId="2C61296E" w:rsidR="00EB1626" w:rsidRPr="00DA2F3B" w:rsidRDefault="00EB1626" w:rsidP="00F411C8">
+          <w:p w14:paraId="46125BA8" w14:textId="2B666F94" w:rsidR="00EB1626" w:rsidRPr="00DA2F3B" w:rsidRDefault="00EB1626" w:rsidP="00F411C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Ifylles endast av landsting/regioner</w:t>
+              <w:t>Ifylles endast av regioner</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="267F3508" w14:textId="01AB37B3" w:rsidR="00DA2F3B" w:rsidRDefault="00DA2F3B" w:rsidP="00F411C8">
+          <w:p w14:paraId="20848327" w14:textId="574E03F9" w:rsidR="00186986" w:rsidRDefault="00DA2F3B" w:rsidP="00F411C8">
             <w:r w:rsidRPr="00DA2F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Kontaktperson inom landsting/region</w:t>
+              <w:t>Kontaktperson inom region</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (Vårdgivaradministratör för Stöd och behandling)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20848327" w14:textId="77777777" w:rsidR="00186986" w:rsidRDefault="00186986" w:rsidP="00F411C8"/>
-          <w:p w14:paraId="495318F1" w14:textId="77777777" w:rsidR="00EB1626" w:rsidRDefault="00EB1626" w:rsidP="00F411C8">
+          <w:p w14:paraId="495318F1" w14:textId="0ACF1047" w:rsidR="00EB1626" w:rsidRDefault="00EB1626" w:rsidP="00F411C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Namn på vårdgivare</w:t>
             </w:r>
             <w:r w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E405C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1967616003"/>
                 <w:placeholder>
                   <w:docPart w:val="E98D3ECADA334C239DEDD63378496CCB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0073362F">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="14DE517C" w14:textId="1D916A6A" w:rsidR="00EB1626" w:rsidRPr="0073362F" w:rsidRDefault="00186986" w:rsidP="00F411C8">
+          <w:p w14:paraId="14DE517C" w14:textId="14AB959D" w:rsidR="00EB1626" w:rsidRPr="0073362F" w:rsidRDefault="00186986" w:rsidP="00F411C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Epost-adress</w:t>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="003354B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>postadress</w:t>
             </w:r>
             <w:r w:rsidR="00EB1626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00EB1626" w:rsidRPr="00856AFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1488897844"/>
@@ -830,115 +943,169 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Ifylles endast av </w:t>
             </w:r>
             <w:r w:rsidR="000B4CA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>privata innehållsleverantörer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6652F474" w14:textId="36DF7247" w:rsidR="00F411C8" w:rsidRDefault="000B4CA5" w:rsidP="00F411C8">
+          <w:p w14:paraId="1778EF6B" w14:textId="2992FEC0" w:rsidR="00F411C8" w:rsidRPr="00DD62AD" w:rsidRDefault="000B4CA5" w:rsidP="00F411C8">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Avtal med vilken/vilka vårdgivare:</w:t>
             </w:r>
             <w:r w:rsidR="00F411C8">
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00273CB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-661082382"/>
+                <w:placeholder>
+                  <w:docPart w:val="8D36CBF4B99248BFB849BC2FB978899E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00273CB7" w:rsidRPr="00C22C9E">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>Klicka här för att ange text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B61331">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00F411C8">
+              <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:t>Avtal gällande att skapa innehåll till vårdgivare</w:t>
             </w:r>
             <w:r w:rsidR="00F411C8">
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1778EF6B" w14:textId="77777777" w:rsidR="00F411C8" w:rsidRDefault="00F411C8" w:rsidP="00F411C8"/>
-          <w:p w14:paraId="15859738" w14:textId="470AD868" w:rsidR="00F411C8" w:rsidRDefault="000B4CA5" w:rsidP="00F411C8">
+          <w:p w14:paraId="15859738" w14:textId="5A2B17CF" w:rsidR="00F411C8" w:rsidRDefault="00DC0FE6" w:rsidP="00F411C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Landsting/region</w:t>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="000B4CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>egion</w:t>
             </w:r>
             <w:r w:rsidR="00F411C8" w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B57247">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-229615072"/>
                 <w:placeholder>
                   <w:docPart w:val="289EE66560EA41CE8661FD0D87F17C1C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F411C8" w:rsidRPr="0073362F">
+                <w:r w:rsidR="00F411C8" w:rsidRPr="00790368">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="41B38BEE" w14:textId="77777777" w:rsidR="00F411C8" w:rsidRDefault="000B4CA5" w:rsidP="00F411C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Kontaktperson (vårdgivaradministratör)</w:t>
             </w:r>
             <w:r w:rsidR="00F411C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -958,150 +1125,175 @@
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-962419658"/>
                 <w:placeholder>
                   <w:docPart w:val="289EE66560EA41CE8661FD0D87F17C1C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F411C8" w:rsidRPr="00C22C9E">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="2F51CF70" w14:textId="00BBE0DE" w:rsidR="00100600" w:rsidRDefault="00100600" w:rsidP="00100600">
+          <w:p w14:paraId="2F51CF70" w14:textId="44B03954" w:rsidR="00100600" w:rsidRDefault="00100600" w:rsidP="00100600">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>E-postadress</w:t>
             </w:r>
             <w:r w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E405C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1075254038"/>
                 <w:placeholder>
                   <w:docPart w:val="608F78D257194A2A972B78E3148DF69D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0073362F">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="0CF665D7" w14:textId="77777777" w:rsidR="00100600" w:rsidRDefault="00100600" w:rsidP="00100600">
+          <w:p w14:paraId="0CF665D7" w14:textId="77777777" w:rsidR="00100600" w:rsidRPr="00DA0B53" w:rsidRDefault="00100600" w:rsidP="00100600">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C755287" w14:textId="12E83B71" w:rsidR="00100600" w:rsidRDefault="00DC0FE6" w:rsidP="00100600">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00100600">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Landsting/region</w:t>
+              <w:t>egion</w:t>
             </w:r>
-            <w:r w:rsidRPr="0073362F">
+            <w:r w:rsidR="00100600" w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E405C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-950389847"/>
                 <w:placeholder>
                   <w:docPart w:val="E12E5B6AB2E14CF29CA0F833AA482E46"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="0073362F">
+                <w:r w:rsidR="00100600" w:rsidRPr="0073362F">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="5BEBB9DE" w14:textId="77777777" w:rsidR="00100600" w:rsidRDefault="00100600" w:rsidP="00100600">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Kontaktperson (vårdgivaradministratör):</w:t>
             </w:r>
@@ -1116,702 +1308,514 @@
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="969859490"/>
                 <w:placeholder>
                   <w:docPart w:val="E12E5B6AB2E14CF29CA0F833AA482E46"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00C22C9E">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="4106ED6D" w14:textId="5F110FE6" w:rsidR="00100600" w:rsidRPr="0073362F" w:rsidRDefault="00100600" w:rsidP="00100600">
+          <w:p w14:paraId="4106ED6D" w14:textId="46E602B3" w:rsidR="00100600" w:rsidRPr="0073362F" w:rsidRDefault="00100600" w:rsidP="00100600">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>E-postadress</w:t>
             </w:r>
             <w:r w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E405C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1621726095"/>
                 <w:placeholder>
                   <w:docPart w:val="B5DF5A0BA2B74CFABB66E3CCB954B83E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0073362F">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5832A723" w14:textId="7771CDED" w:rsidR="00F411C8" w:rsidRDefault="00F411C8" w:rsidP="00D56C4B">
-[...9 lines deleted...]
-    <w:p w14:paraId="338C05B6" w14:textId="56B896C3" w:rsidR="00100600" w:rsidRDefault="00100600">
+    <w:p w14:paraId="338C05B6" w14:textId="56B896C3" w:rsidR="00100600" w:rsidRPr="00C87FFE" w:rsidRDefault="00100600">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="29"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="8726" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8726"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00100600" w:rsidRPr="0073362F" w14:paraId="7B716EE3" w14:textId="77777777" w:rsidTr="00EC5B0B">
+      <w:tr w:rsidR="00100600" w:rsidRPr="0073362F" w14:paraId="7B716EE3" w14:textId="77777777" w:rsidTr="001F61DD">
         <w:trPr>
-          <w:trHeight w:val="1602"/>
+          <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="9F0000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15118B47" w14:textId="3B4A14CD" w:rsidR="00100600" w:rsidRDefault="00100600" w:rsidP="00EC5B0B">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Underskrift ansvarig person på utgivarenhet:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="219E9290" w14:textId="1676186E" w:rsidR="00100600" w:rsidRDefault="00100600" w:rsidP="00EC5B0B">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="5D18CCFA" w14:textId="21CC35C1" w:rsidR="00100600" w:rsidRPr="003241C3" w:rsidRDefault="00100600" w:rsidP="00EC5B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>……………………………………………………….</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="003241C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>…………………………………………………</w:t>
+            </w:r>
+            <w:r w:rsidR="003241C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D18CCFA" w14:textId="77777777" w:rsidR="00100600" w:rsidRDefault="00100600" w:rsidP="00EC5B0B"/>
-          <w:p w14:paraId="7B014999" w14:textId="077263CE" w:rsidR="00100600" w:rsidRPr="0073362F" w:rsidRDefault="00100600" w:rsidP="00100600">
+          <w:p w14:paraId="7B014999" w14:textId="158A9B36" w:rsidR="00100600" w:rsidRPr="0073362F" w:rsidRDefault="00100600" w:rsidP="00100600">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Namnförtydligande</w:t>
             </w:r>
             <w:r w:rsidRPr="0073362F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B57247">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="998703218"/>
                 <w:placeholder>
                   <w:docPart w:val="2051176A0AC240FB8ADB8EC47B34ADC6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0073362F">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63F60611" w14:textId="152124C3" w:rsidR="00F411C8" w:rsidRDefault="00F411C8">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="68E8CDF3" w14:textId="77777777" w:rsidR="00C87FFE" w:rsidRPr="00F40B94" w:rsidRDefault="00C87FFE" w:rsidP="00D26E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="489C3501" w14:textId="36A812DF" w:rsidR="00D26E56" w:rsidRDefault="00D26E56" w:rsidP="00D26E56">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE01F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Blankett</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>en mejlas till</w:t>
+        <w:t xml:space="preserve">en skickas in genom att skapa ett ärende via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ineras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kundportal</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE01F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE01F5">
+    </w:p>
+    <w:p w14:paraId="75716A66" w14:textId="5BE61AF9" w:rsidR="001264A5" w:rsidRPr="00D26E56" w:rsidRDefault="00D26E56" w:rsidP="002D29E4">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:br/>
-      </w:r>
+      </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00D97DE2">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="008637E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
             <w:sz w:val="24"/>
           </w:rPr>
-          <w:t>stodochbehandling@1177.se</w:t>
+          <w:t>Inera</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="008637E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>kundportal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008637E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75716A66" w14:textId="77777777" w:rsidR="001264A5" w:rsidRPr="00D56C4B" w:rsidRDefault="001264A5" w:rsidP="002D29E4">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="001264A5" w:rsidRPr="00D56C4B" w:rsidSect="000D2AD9">
+    <w:sectPr w:rsidR="001264A5" w:rsidRPr="00D26E56" w:rsidSect="006B120C">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
-      <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="1701" w:bottom="568" w:left="1531" w:header="907" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DD45C67" w14:textId="77777777" w:rsidR="00A53C33" w:rsidRDefault="00A53C33">
+    <w:p w14:paraId="3ED1ACBF" w14:textId="77777777" w:rsidR="00F555C8" w:rsidRDefault="00F555C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E99290" w14:textId="77777777" w:rsidR="00A53C33" w:rsidRDefault="00A53C33"/>
+    <w:p w14:paraId="0CDCE4E5" w14:textId="77777777" w:rsidR="00F555C8" w:rsidRDefault="00F555C8"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="530A1464" w14:textId="77777777" w:rsidR="00A53C33" w:rsidRDefault="00A53C33">
+    <w:p w14:paraId="40ACBD40" w14:textId="77777777" w:rsidR="00F555C8" w:rsidRDefault="00F555C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BD27F4" w14:textId="77777777" w:rsidR="00A53C33" w:rsidRDefault="00A53C33"/>
+    <w:p w14:paraId="3DE50988" w14:textId="77777777" w:rsidR="00F555C8" w:rsidRDefault="00F555C8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A2F8C29" w14:textId="77777777" w:rsidR="000933C3" w:rsidRDefault="000933C3">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2D20D112" w14:textId="77777777" w:rsidR="000933C3" w:rsidRDefault="000933C3"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...236 lines deleted...]
-  </w:tbl>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10CF28BE" w14:textId="77777777" w:rsidR="002B73E9" w:rsidRPr="00F65B44" w:rsidRDefault="002B73E9" w:rsidP="002B73E9">
     <w:pPr>
       <w:pStyle w:val="1177-Sidfot"/>
       <w:spacing w:line="20" w:lineRule="exact"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CD35F19" w14:textId="77777777" w:rsidR="00A53C33" w:rsidRDefault="00A53C33">
+    <w:p w14:paraId="29B76CCC" w14:textId="77777777" w:rsidR="00F555C8" w:rsidRDefault="00F555C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F404C5" w14:textId="77777777" w:rsidR="00A53C33" w:rsidRDefault="00A53C33"/>
+    <w:p w14:paraId="7CD59F7A" w14:textId="77777777" w:rsidR="00F555C8" w:rsidRDefault="00F555C8"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F31E4F6" w14:textId="77777777" w:rsidR="00A53C33" w:rsidRDefault="00A53C33">
+    <w:p w14:paraId="76CC1418" w14:textId="77777777" w:rsidR="00F555C8" w:rsidRDefault="00F555C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0829588F" w14:textId="77777777" w:rsidR="00A53C33" w:rsidRDefault="00A53C33"/>
+    <w:p w14:paraId="0E2BD44F" w14:textId="77777777" w:rsidR="00F555C8" w:rsidRDefault="00F555C8"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="108F921B" w14:textId="77777777" w:rsidR="000933C3" w:rsidRDefault="002F5BD5">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29F55414" wp14:editId="43A743B4">
           <wp:extent cx="2943225" cy="8877300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="16" name="Bild 1" descr="Wave_WhiteToRed_RGB"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Wave_WhiteToRed_RGB"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -1884,528 +1888,143 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5753100" cy="2876550"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="6EE4C3AA" w14:textId="77777777" w:rsidR="000933C3" w:rsidRDefault="000933C3"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...238 lines deleted...]
-  <w:p w14:paraId="117D9C28" w14:textId="77777777" w:rsidR="008D734A" w:rsidRDefault="006921FD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58E05383" w14:textId="6DC3FB20" w:rsidR="00D40125" w:rsidRDefault="00E35A91" w:rsidP="00CD1405">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...186 lines deleted...]
-      </mc:AlternateContent>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1285E6D3" wp14:editId="0F44175C">
+          <wp:extent cx="921600" cy="360000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+          <wp:docPr id="471776248" name="Bildobjekt 13" descr="En bild som visar röd, Teckensnitt, Grafik, design&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="471776248" name="Bildobjekt 13" descr="En bild som visar röd, Teckensnitt, Grafik, design&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="921600" cy="360000"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="rodfyrkant"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="grafyrkant"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:7.5pt;height:7.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:7.5pt;height:7.5pt" o:bullet="t">
         <v:imagedata r:id="rId3" o:title="rodfyrkant2"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4CE2FAF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="608C57AE"/>
@@ -6179,703 +5798,763 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8280"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1253079729">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1281839112">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="859514991">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1879854274">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1448281822">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1454715788">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="811478978">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1577323038">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="925963266">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2064331302">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="972632644">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1941794975">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1042366467">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="179244863">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="156117756">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="5334219">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1781796177">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1634866613">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="692846755">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1694453100">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1328824703">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="127557790">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="122577267">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1642927020">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1813130958">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="571278109">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="948856202">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1233269728">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1855917310">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="437145624">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1900165352">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="688721484">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1784032501">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1690908286">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="712774612">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1960985542">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1893420123">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1453285167">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1737043565">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1230766927">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1987969106">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1651011056">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="452139682">
     <w:abstractNumId w:val="34"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049" fillcolor="white" strokecolor="#910000">
+    <o:shapedefaults v:ext="edit" spidmax="3073" fillcolor="white" strokecolor="#910000">
       <v:fill color="white"/>
       <v:stroke color="#910000"/>
       <o:colormru v:ext="edit" colors="#910000"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="Beteckning" w:val="1177 dokumentmall"/>
     <w:docVar w:name="Ursprung" w:val="Sign On AB, 556706-2277"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00985967"/>
     <w:rsid w:val="0002739E"/>
     <w:rsid w:val="00033318"/>
     <w:rsid w:val="00037788"/>
     <w:rsid w:val="000455AA"/>
+    <w:rsid w:val="00061146"/>
     <w:rsid w:val="000618E0"/>
     <w:rsid w:val="000627DA"/>
     <w:rsid w:val="00082A2B"/>
     <w:rsid w:val="000933C3"/>
     <w:rsid w:val="000A35F2"/>
     <w:rsid w:val="000A6AC6"/>
     <w:rsid w:val="000B4CA5"/>
     <w:rsid w:val="000C089E"/>
     <w:rsid w:val="000C763C"/>
     <w:rsid w:val="000D2AD9"/>
     <w:rsid w:val="000D4EED"/>
     <w:rsid w:val="000E41FD"/>
     <w:rsid w:val="00100600"/>
     <w:rsid w:val="001106D7"/>
     <w:rsid w:val="001264A5"/>
     <w:rsid w:val="0013018F"/>
     <w:rsid w:val="001330E7"/>
     <w:rsid w:val="001445AC"/>
     <w:rsid w:val="00146D44"/>
     <w:rsid w:val="00150D9B"/>
     <w:rsid w:val="00153227"/>
     <w:rsid w:val="00155873"/>
     <w:rsid w:val="0016083E"/>
     <w:rsid w:val="001627D8"/>
+    <w:rsid w:val="00170679"/>
     <w:rsid w:val="00170E66"/>
     <w:rsid w:val="00176390"/>
+    <w:rsid w:val="001821E6"/>
     <w:rsid w:val="00183101"/>
     <w:rsid w:val="00186986"/>
     <w:rsid w:val="00191094"/>
     <w:rsid w:val="0019149B"/>
     <w:rsid w:val="001A3327"/>
+    <w:rsid w:val="001A6DC0"/>
     <w:rsid w:val="001B0B02"/>
     <w:rsid w:val="001B30FE"/>
     <w:rsid w:val="001B36BB"/>
     <w:rsid w:val="001B3709"/>
     <w:rsid w:val="001C0806"/>
     <w:rsid w:val="001D0771"/>
+    <w:rsid w:val="001D33CE"/>
     <w:rsid w:val="001D527F"/>
+    <w:rsid w:val="001F61DD"/>
     <w:rsid w:val="002012CB"/>
     <w:rsid w:val="00202E97"/>
     <w:rsid w:val="00205219"/>
     <w:rsid w:val="002100DA"/>
     <w:rsid w:val="002109D2"/>
     <w:rsid w:val="0021356C"/>
     <w:rsid w:val="002207BD"/>
     <w:rsid w:val="0022337B"/>
     <w:rsid w:val="00224FF8"/>
     <w:rsid w:val="00234E96"/>
     <w:rsid w:val="00252C5B"/>
     <w:rsid w:val="00252E3A"/>
+    <w:rsid w:val="00254333"/>
     <w:rsid w:val="0025603E"/>
     <w:rsid w:val="00257197"/>
     <w:rsid w:val="00262444"/>
     <w:rsid w:val="0027097E"/>
+    <w:rsid w:val="00273CB7"/>
     <w:rsid w:val="00274169"/>
     <w:rsid w:val="00277D56"/>
     <w:rsid w:val="00282645"/>
     <w:rsid w:val="002836AE"/>
     <w:rsid w:val="0028765E"/>
     <w:rsid w:val="002937A8"/>
     <w:rsid w:val="002A3DCB"/>
     <w:rsid w:val="002A613A"/>
     <w:rsid w:val="002A627F"/>
     <w:rsid w:val="002B2360"/>
     <w:rsid w:val="002B34D8"/>
     <w:rsid w:val="002B5228"/>
     <w:rsid w:val="002B73E9"/>
     <w:rsid w:val="002B7CB0"/>
     <w:rsid w:val="002C7E82"/>
     <w:rsid w:val="002D29E4"/>
     <w:rsid w:val="002E4697"/>
     <w:rsid w:val="002E514C"/>
     <w:rsid w:val="002F14A0"/>
     <w:rsid w:val="002F2705"/>
     <w:rsid w:val="002F5BD5"/>
     <w:rsid w:val="002F7496"/>
     <w:rsid w:val="00303072"/>
     <w:rsid w:val="00306148"/>
     <w:rsid w:val="00306B93"/>
     <w:rsid w:val="003167BB"/>
+    <w:rsid w:val="003241C3"/>
     <w:rsid w:val="00332410"/>
     <w:rsid w:val="0033260B"/>
+    <w:rsid w:val="003354B0"/>
     <w:rsid w:val="003379B3"/>
     <w:rsid w:val="00344F37"/>
     <w:rsid w:val="00345702"/>
     <w:rsid w:val="00350B7C"/>
     <w:rsid w:val="00352BAE"/>
     <w:rsid w:val="00363399"/>
     <w:rsid w:val="0036454A"/>
     <w:rsid w:val="0036514D"/>
     <w:rsid w:val="00370E78"/>
     <w:rsid w:val="00373545"/>
     <w:rsid w:val="00373A12"/>
     <w:rsid w:val="00383086"/>
     <w:rsid w:val="00390BB8"/>
     <w:rsid w:val="003A2A19"/>
     <w:rsid w:val="003C0B36"/>
     <w:rsid w:val="003C0B9F"/>
     <w:rsid w:val="003C1D4E"/>
     <w:rsid w:val="003D4DC5"/>
     <w:rsid w:val="003D68DF"/>
     <w:rsid w:val="003E0259"/>
     <w:rsid w:val="003E0C82"/>
     <w:rsid w:val="003E6259"/>
     <w:rsid w:val="003E62E6"/>
     <w:rsid w:val="003E7D61"/>
     <w:rsid w:val="003F3071"/>
     <w:rsid w:val="003F7660"/>
+    <w:rsid w:val="00410D11"/>
     <w:rsid w:val="00416070"/>
     <w:rsid w:val="00427820"/>
     <w:rsid w:val="00437E65"/>
     <w:rsid w:val="004443FD"/>
     <w:rsid w:val="00454F47"/>
     <w:rsid w:val="0045632B"/>
     <w:rsid w:val="00460A37"/>
     <w:rsid w:val="004611ED"/>
     <w:rsid w:val="00461698"/>
     <w:rsid w:val="00465872"/>
     <w:rsid w:val="00467C6F"/>
+    <w:rsid w:val="00470722"/>
     <w:rsid w:val="004737A5"/>
     <w:rsid w:val="004739D2"/>
     <w:rsid w:val="00474236"/>
     <w:rsid w:val="004744C7"/>
     <w:rsid w:val="004959E2"/>
+    <w:rsid w:val="004977D5"/>
     <w:rsid w:val="004A4CA6"/>
     <w:rsid w:val="004B1374"/>
     <w:rsid w:val="004B1A5C"/>
     <w:rsid w:val="004B23AC"/>
     <w:rsid w:val="004B40C5"/>
     <w:rsid w:val="004B64BE"/>
     <w:rsid w:val="004C25C0"/>
     <w:rsid w:val="004D1695"/>
     <w:rsid w:val="004D294F"/>
     <w:rsid w:val="004D3DBB"/>
+    <w:rsid w:val="004D4B74"/>
     <w:rsid w:val="004D6C99"/>
     <w:rsid w:val="004D71F0"/>
     <w:rsid w:val="004E38AA"/>
     <w:rsid w:val="004E4C84"/>
     <w:rsid w:val="004E51B0"/>
+    <w:rsid w:val="004F6465"/>
     <w:rsid w:val="00505C39"/>
     <w:rsid w:val="00513E9C"/>
     <w:rsid w:val="00522B5D"/>
     <w:rsid w:val="005247C3"/>
     <w:rsid w:val="00530AA4"/>
     <w:rsid w:val="00534FCE"/>
     <w:rsid w:val="005402B0"/>
     <w:rsid w:val="00551097"/>
     <w:rsid w:val="005545A0"/>
     <w:rsid w:val="00566760"/>
     <w:rsid w:val="0057034D"/>
     <w:rsid w:val="0057440C"/>
+    <w:rsid w:val="00575E95"/>
     <w:rsid w:val="00577E14"/>
     <w:rsid w:val="00580214"/>
+    <w:rsid w:val="005945CA"/>
     <w:rsid w:val="005A3854"/>
     <w:rsid w:val="005C6519"/>
     <w:rsid w:val="005D0E36"/>
     <w:rsid w:val="005E235D"/>
     <w:rsid w:val="005F6115"/>
     <w:rsid w:val="00600F18"/>
     <w:rsid w:val="00601BE0"/>
     <w:rsid w:val="00604E03"/>
+    <w:rsid w:val="00605266"/>
     <w:rsid w:val="006101DD"/>
     <w:rsid w:val="00615B57"/>
     <w:rsid w:val="006163D3"/>
     <w:rsid w:val="0061729F"/>
+    <w:rsid w:val="00620942"/>
+    <w:rsid w:val="0063103C"/>
     <w:rsid w:val="006321B7"/>
     <w:rsid w:val="00634D47"/>
+    <w:rsid w:val="00635D94"/>
     <w:rsid w:val="006609AC"/>
     <w:rsid w:val="00667EF7"/>
     <w:rsid w:val="0067026A"/>
     <w:rsid w:val="00675F00"/>
     <w:rsid w:val="006777C5"/>
     <w:rsid w:val="00691DC8"/>
     <w:rsid w:val="006921FD"/>
     <w:rsid w:val="00693A13"/>
+    <w:rsid w:val="00695544"/>
     <w:rsid w:val="006B109D"/>
+    <w:rsid w:val="006B120C"/>
     <w:rsid w:val="006B38F0"/>
     <w:rsid w:val="006B6115"/>
     <w:rsid w:val="006C2567"/>
     <w:rsid w:val="006C4352"/>
+    <w:rsid w:val="006D447D"/>
+    <w:rsid w:val="006D6D2D"/>
     <w:rsid w:val="006E2127"/>
     <w:rsid w:val="006E7AF7"/>
     <w:rsid w:val="006F2906"/>
     <w:rsid w:val="00711694"/>
     <w:rsid w:val="00721AD4"/>
     <w:rsid w:val="0073362F"/>
     <w:rsid w:val="00733DD7"/>
     <w:rsid w:val="007371A3"/>
     <w:rsid w:val="00740367"/>
+    <w:rsid w:val="0074423D"/>
     <w:rsid w:val="007462C3"/>
     <w:rsid w:val="00746600"/>
     <w:rsid w:val="007527CA"/>
     <w:rsid w:val="00754232"/>
     <w:rsid w:val="007560CE"/>
     <w:rsid w:val="0077541D"/>
     <w:rsid w:val="007757F7"/>
     <w:rsid w:val="00777505"/>
     <w:rsid w:val="007845EE"/>
+    <w:rsid w:val="00790368"/>
+    <w:rsid w:val="007908D7"/>
     <w:rsid w:val="007912E3"/>
     <w:rsid w:val="00792963"/>
     <w:rsid w:val="00793E34"/>
     <w:rsid w:val="00796B3C"/>
     <w:rsid w:val="007A1A84"/>
     <w:rsid w:val="007A3AAD"/>
     <w:rsid w:val="007B0649"/>
+    <w:rsid w:val="007B286B"/>
     <w:rsid w:val="007B2A16"/>
+    <w:rsid w:val="007C6DB1"/>
     <w:rsid w:val="007C716E"/>
     <w:rsid w:val="007D24AE"/>
     <w:rsid w:val="007E7818"/>
     <w:rsid w:val="007E7B27"/>
     <w:rsid w:val="007F21A4"/>
     <w:rsid w:val="007F5F6A"/>
     <w:rsid w:val="00804489"/>
     <w:rsid w:val="0080684D"/>
     <w:rsid w:val="00816DDB"/>
     <w:rsid w:val="008222A6"/>
     <w:rsid w:val="00822D40"/>
     <w:rsid w:val="0082303B"/>
     <w:rsid w:val="00832936"/>
     <w:rsid w:val="008337DB"/>
     <w:rsid w:val="00837CBB"/>
     <w:rsid w:val="008405D1"/>
     <w:rsid w:val="0084111B"/>
     <w:rsid w:val="0085157E"/>
     <w:rsid w:val="00853EB0"/>
     <w:rsid w:val="00856AFC"/>
     <w:rsid w:val="00860461"/>
     <w:rsid w:val="00866ADF"/>
     <w:rsid w:val="00870978"/>
     <w:rsid w:val="00875869"/>
     <w:rsid w:val="00881789"/>
     <w:rsid w:val="00881797"/>
     <w:rsid w:val="00881D5B"/>
     <w:rsid w:val="008A59CA"/>
     <w:rsid w:val="008B2831"/>
     <w:rsid w:val="008B6765"/>
     <w:rsid w:val="008D3B62"/>
     <w:rsid w:val="008D734A"/>
     <w:rsid w:val="008E14F8"/>
     <w:rsid w:val="008E5871"/>
     <w:rsid w:val="008F0F52"/>
     <w:rsid w:val="008F31B9"/>
     <w:rsid w:val="008F3AB5"/>
     <w:rsid w:val="00901F82"/>
     <w:rsid w:val="00904CB7"/>
     <w:rsid w:val="00932701"/>
     <w:rsid w:val="00954ED6"/>
     <w:rsid w:val="00955D40"/>
     <w:rsid w:val="00965589"/>
     <w:rsid w:val="00970F6C"/>
     <w:rsid w:val="00976440"/>
     <w:rsid w:val="00985967"/>
     <w:rsid w:val="0099651B"/>
     <w:rsid w:val="00997DFB"/>
     <w:rsid w:val="009A187F"/>
     <w:rsid w:val="009B7741"/>
+    <w:rsid w:val="009B7CF7"/>
     <w:rsid w:val="009C39A0"/>
     <w:rsid w:val="009C3CC9"/>
     <w:rsid w:val="009C68BB"/>
     <w:rsid w:val="009C695A"/>
     <w:rsid w:val="009D18DE"/>
     <w:rsid w:val="009D5341"/>
     <w:rsid w:val="009D6921"/>
     <w:rsid w:val="009E0D0E"/>
     <w:rsid w:val="009F0317"/>
+    <w:rsid w:val="009F26A0"/>
     <w:rsid w:val="00A0007E"/>
     <w:rsid w:val="00A05662"/>
     <w:rsid w:val="00A117C7"/>
     <w:rsid w:val="00A15EA7"/>
     <w:rsid w:val="00A300F9"/>
     <w:rsid w:val="00A3651D"/>
     <w:rsid w:val="00A417CE"/>
     <w:rsid w:val="00A44358"/>
     <w:rsid w:val="00A449B3"/>
     <w:rsid w:val="00A53C33"/>
     <w:rsid w:val="00A5425E"/>
     <w:rsid w:val="00A56CCF"/>
     <w:rsid w:val="00A64129"/>
     <w:rsid w:val="00A67F3C"/>
     <w:rsid w:val="00A72949"/>
     <w:rsid w:val="00A74DC5"/>
     <w:rsid w:val="00A75320"/>
     <w:rsid w:val="00A81CAB"/>
     <w:rsid w:val="00A83B90"/>
     <w:rsid w:val="00A94612"/>
     <w:rsid w:val="00A96EF7"/>
     <w:rsid w:val="00A97D89"/>
     <w:rsid w:val="00AA403B"/>
     <w:rsid w:val="00AB5CDD"/>
+    <w:rsid w:val="00AC7973"/>
     <w:rsid w:val="00AC7CFF"/>
     <w:rsid w:val="00AD0FF5"/>
     <w:rsid w:val="00AE770C"/>
     <w:rsid w:val="00AF55A3"/>
     <w:rsid w:val="00B00F8F"/>
     <w:rsid w:val="00B01DC6"/>
+    <w:rsid w:val="00B07EBF"/>
     <w:rsid w:val="00B23327"/>
     <w:rsid w:val="00B252DD"/>
     <w:rsid w:val="00B42AB3"/>
+    <w:rsid w:val="00B457A6"/>
     <w:rsid w:val="00B46935"/>
     <w:rsid w:val="00B55085"/>
     <w:rsid w:val="00B57148"/>
+    <w:rsid w:val="00B57247"/>
     <w:rsid w:val="00B609DF"/>
+    <w:rsid w:val="00B61331"/>
     <w:rsid w:val="00B62E2F"/>
     <w:rsid w:val="00B704E9"/>
     <w:rsid w:val="00B84335"/>
     <w:rsid w:val="00BA4AD6"/>
+    <w:rsid w:val="00BB56C9"/>
     <w:rsid w:val="00BB7A2D"/>
     <w:rsid w:val="00BC054A"/>
+    <w:rsid w:val="00BC11FB"/>
     <w:rsid w:val="00BC620F"/>
     <w:rsid w:val="00BE0A9F"/>
     <w:rsid w:val="00BF22AE"/>
     <w:rsid w:val="00C04A2A"/>
+    <w:rsid w:val="00C10F96"/>
     <w:rsid w:val="00C30AB3"/>
     <w:rsid w:val="00C50AD9"/>
     <w:rsid w:val="00C51078"/>
     <w:rsid w:val="00C51FC5"/>
     <w:rsid w:val="00C528F4"/>
     <w:rsid w:val="00C6290A"/>
     <w:rsid w:val="00C634A3"/>
     <w:rsid w:val="00C636C8"/>
     <w:rsid w:val="00C650B3"/>
     <w:rsid w:val="00C768D7"/>
+    <w:rsid w:val="00C87FFE"/>
+    <w:rsid w:val="00C922C1"/>
     <w:rsid w:val="00C9545F"/>
     <w:rsid w:val="00CA52B3"/>
     <w:rsid w:val="00CA7CCD"/>
     <w:rsid w:val="00CB251F"/>
     <w:rsid w:val="00CC098E"/>
     <w:rsid w:val="00CC2176"/>
     <w:rsid w:val="00CC5A59"/>
+    <w:rsid w:val="00CD1405"/>
     <w:rsid w:val="00CF5B58"/>
+    <w:rsid w:val="00CF7F7F"/>
     <w:rsid w:val="00D13A09"/>
     <w:rsid w:val="00D14C57"/>
     <w:rsid w:val="00D2345A"/>
     <w:rsid w:val="00D25006"/>
+    <w:rsid w:val="00D26E56"/>
     <w:rsid w:val="00D3682C"/>
     <w:rsid w:val="00D379EE"/>
     <w:rsid w:val="00D40125"/>
+    <w:rsid w:val="00D44465"/>
     <w:rsid w:val="00D5071B"/>
+    <w:rsid w:val="00D55417"/>
     <w:rsid w:val="00D56C4B"/>
     <w:rsid w:val="00D67D41"/>
     <w:rsid w:val="00D82DB9"/>
     <w:rsid w:val="00D91F56"/>
     <w:rsid w:val="00D92755"/>
     <w:rsid w:val="00D94413"/>
     <w:rsid w:val="00D95526"/>
     <w:rsid w:val="00D97992"/>
+    <w:rsid w:val="00DA0B53"/>
     <w:rsid w:val="00DA2F3B"/>
     <w:rsid w:val="00DB00B8"/>
     <w:rsid w:val="00DB0944"/>
     <w:rsid w:val="00DB18F5"/>
     <w:rsid w:val="00DB2F20"/>
     <w:rsid w:val="00DB448F"/>
     <w:rsid w:val="00DB6171"/>
+    <w:rsid w:val="00DC0FE6"/>
     <w:rsid w:val="00DC23F7"/>
     <w:rsid w:val="00DC339C"/>
     <w:rsid w:val="00DC38E0"/>
     <w:rsid w:val="00DD19D5"/>
     <w:rsid w:val="00DD346C"/>
     <w:rsid w:val="00DD3902"/>
+    <w:rsid w:val="00DD62AD"/>
     <w:rsid w:val="00DE29C2"/>
     <w:rsid w:val="00DE60C1"/>
     <w:rsid w:val="00DF12E0"/>
     <w:rsid w:val="00DF3E05"/>
     <w:rsid w:val="00E02B5E"/>
+    <w:rsid w:val="00E0527E"/>
     <w:rsid w:val="00E07348"/>
     <w:rsid w:val="00E15AD2"/>
     <w:rsid w:val="00E172EF"/>
+    <w:rsid w:val="00E236D3"/>
+    <w:rsid w:val="00E35A91"/>
     <w:rsid w:val="00E375E4"/>
+    <w:rsid w:val="00E405C2"/>
     <w:rsid w:val="00E50212"/>
     <w:rsid w:val="00E53AE8"/>
     <w:rsid w:val="00E54B44"/>
     <w:rsid w:val="00E550CA"/>
     <w:rsid w:val="00E57CFB"/>
     <w:rsid w:val="00E57F3B"/>
     <w:rsid w:val="00E60E3A"/>
     <w:rsid w:val="00E62A4F"/>
     <w:rsid w:val="00E67989"/>
     <w:rsid w:val="00E70C4E"/>
     <w:rsid w:val="00E72069"/>
     <w:rsid w:val="00E75D87"/>
     <w:rsid w:val="00E77A39"/>
     <w:rsid w:val="00E95535"/>
     <w:rsid w:val="00EA4039"/>
     <w:rsid w:val="00EA6C20"/>
     <w:rsid w:val="00EB1626"/>
     <w:rsid w:val="00EB1A32"/>
     <w:rsid w:val="00EB35A2"/>
     <w:rsid w:val="00EC6C64"/>
     <w:rsid w:val="00ED2D3A"/>
     <w:rsid w:val="00EF0A8B"/>
     <w:rsid w:val="00EF4C3B"/>
     <w:rsid w:val="00F07856"/>
     <w:rsid w:val="00F27C5F"/>
+    <w:rsid w:val="00F40B94"/>
     <w:rsid w:val="00F411C8"/>
     <w:rsid w:val="00F450E6"/>
     <w:rsid w:val="00F453BD"/>
     <w:rsid w:val="00F45779"/>
     <w:rsid w:val="00F50B37"/>
     <w:rsid w:val="00F5334B"/>
     <w:rsid w:val="00F5488E"/>
+    <w:rsid w:val="00F555C8"/>
+    <w:rsid w:val="00F63A22"/>
     <w:rsid w:val="00F63C5C"/>
+    <w:rsid w:val="00F64148"/>
     <w:rsid w:val="00F64672"/>
     <w:rsid w:val="00F70D9E"/>
     <w:rsid w:val="00F7570E"/>
+    <w:rsid w:val="00F81737"/>
     <w:rsid w:val="00F83DD4"/>
     <w:rsid w:val="00F84540"/>
     <w:rsid w:val="00FA15C1"/>
     <w:rsid w:val="00FA70A1"/>
     <w:rsid w:val="00FB19BE"/>
+    <w:rsid w:val="00FC0027"/>
     <w:rsid w:val="00FC590B"/>
     <w:rsid w:val="00FE03C3"/>
     <w:rsid w:val="00FE1040"/>
     <w:rsid w:val="00FE1359"/>
     <w:rsid w:val="00FF2093"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049" fillcolor="white" strokecolor="#910000">
+    <o:shapedefaults v:ext="edit" spidmax="3073" fillcolor="white" strokecolor="#910000">
       <v:fill color="white"/>
       <v:stroke color="#910000"/>
       <o:colormru v:ext="edit" colors="#910000"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="041C133A"/>
   <w15:docId w15:val="{5FCE8057-9514-4B4B-8D45-3B26B3674141}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6947,98 +6626,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
@@ -8368,111 +8050,107 @@
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00234E96"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="002937A8"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2059552485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2126535160">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stodochbehandling@1177.se" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inera.se/kontakta-oss/fragor-om-ineras-tjanster/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{10F6EA6D-E0CD-453F-8F3E-AC852C721C72}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00066998" w:rsidRDefault="00217E66">
           <w:r w:rsidRPr="00C22C9E">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange text.</w:t>
           </w:r>
         </w:p>
@@ -8688,198 +8366,246 @@
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DF164EAC-1337-472A-8B1F-EBEFCDB74BE2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DA48C2" w:rsidRDefault="005061EF" w:rsidP="005061EF">
           <w:pPr>
             <w:pStyle w:val="2051176A0AC240FB8ADB8EC47B34ADC6"/>
           </w:pPr>
           <w:r w:rsidRPr="00C22C9E">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8D36CBF4B99248BFB849BC2FB978899E"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B5E292E1-B98C-422E-BB5F-EDED67552166}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000A61B6" w:rsidRDefault="00871B9A" w:rsidP="00871B9A">
+          <w:pPr>
+            <w:pStyle w:val="8D36CBF4B99248BFB849BC2FB978899E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C22C9E">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00217E66"/>
+    <w:rsid w:val="00022609"/>
     <w:rsid w:val="00066998"/>
     <w:rsid w:val="00080763"/>
     <w:rsid w:val="00085794"/>
+    <w:rsid w:val="000A61B6"/>
+    <w:rsid w:val="00170679"/>
     <w:rsid w:val="00182DC1"/>
     <w:rsid w:val="00217E66"/>
     <w:rsid w:val="00284222"/>
     <w:rsid w:val="002B6171"/>
     <w:rsid w:val="002B7437"/>
     <w:rsid w:val="003145F0"/>
     <w:rsid w:val="00442FFF"/>
     <w:rsid w:val="00485DF0"/>
     <w:rsid w:val="004B1A12"/>
     <w:rsid w:val="004B4C9F"/>
+    <w:rsid w:val="004D4B74"/>
+    <w:rsid w:val="004F6465"/>
     <w:rsid w:val="005061EF"/>
+    <w:rsid w:val="00575E95"/>
+    <w:rsid w:val="00605266"/>
+    <w:rsid w:val="0063103C"/>
+    <w:rsid w:val="00637BF7"/>
     <w:rsid w:val="00697EE3"/>
     <w:rsid w:val="006A42B7"/>
     <w:rsid w:val="007037C2"/>
+    <w:rsid w:val="007449C3"/>
+    <w:rsid w:val="00871B9A"/>
     <w:rsid w:val="00885BE4"/>
     <w:rsid w:val="00917A25"/>
     <w:rsid w:val="00942BF9"/>
     <w:rsid w:val="00B04087"/>
     <w:rsid w:val="00B0423D"/>
     <w:rsid w:val="00B20A50"/>
     <w:rsid w:val="00B63B93"/>
     <w:rsid w:val="00BF7AFF"/>
+    <w:rsid w:val="00D52AD7"/>
     <w:rsid w:val="00D86880"/>
     <w:rsid w:val="00DA48C2"/>
     <w:rsid w:val="00F76CCE"/>
     <w:rsid w:val="00F95D2F"/>
+    <w:rsid w:val="00FB6547"/>
+    <w:rsid w:val="00FC0027"/>
     <w:rsid w:val="00FE7233"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8957,98 +8683,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -9262,380 +8991,105 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005061EF"/>
+    <w:rsid w:val="00871B9A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...254 lines deleted...]
-    <w:rsid w:val="004B1A12"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11030EBC36E54F5EAB89F68DF061ED79">
     <w:name w:val="11030EBC36E54F5EAB89F68DF061ED79"/>
     <w:rsid w:val="005061EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D46F91900384B5199E067FD933422A4">
     <w:name w:val="7D46F91900384B5199E067FD933422A4"/>
     <w:rsid w:val="005061EF"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04BF04DB040E4C1FA3D047C6DCA48C0E">
-[...6 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E98D3ECADA334C239DEDD63378496CCB">
     <w:name w:val="E98D3ECADA334C239DEDD63378496CCB"/>
-    <w:rsid w:val="005061EF"/>
-[...10 lines deleted...]
-    <w:name w:val="D87640D1D77842FDA90A8026D9045AB4"/>
     <w:rsid w:val="005061EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="289EE66560EA41CE8661FD0D87F17C1C">
     <w:name w:val="289EE66560EA41CE8661FD0D87F17C1C"/>
     <w:rsid w:val="005061EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="608F78D257194A2A972B78E3148DF69D">
     <w:name w:val="608F78D257194A2A972B78E3148DF69D"/>
     <w:rsid w:val="005061EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E12E5B6AB2E14CF29CA0F833AA482E46">
     <w:name w:val="E12E5B6AB2E14CF29CA0F833AA482E46"/>
     <w:rsid w:val="005061EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5DF5A0BA2B74CFABB66E3CCB954B83E">
     <w:name w:val="B5DF5A0BA2B74CFABB66E3CCB954B83E"/>
     <w:rsid w:val="005061EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2051176A0AC240FB8ADB8EC47B34ADC6">
     <w:name w:val="2051176A0AC240FB8ADB8EC47B34ADC6"/>
     <w:rsid w:val="005061EF"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A32B2EC1FD564C45BA25980C30212533">
-[...9 lines deleted...]
-    <w:rsid w:val="005061EF"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8D36CBF4B99248BFB849BC2FB978899E">
+    <w:name w:val="8D36CBF4B99248BFB849BC2FB978899E"/>
+    <w:rsid w:val="00871B9A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="1177 Vårdguiden">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="AA112C"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4A9B00"/>
       </a:accent1>
       <a:accent2>
@@ -9902,84 +9356,84 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8740E6CC-9FA6-4CA4-AEFA-9D0339B88AA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1558</Characters>
+  <Pages>1</Pages>
+  <Words>296</Words>
+  <Characters>1569</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>1177 dokumentmall</vt:lpstr>
       <vt:lpstr>1177 dokumentmall</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Sign On AB</Manager>
   <Company>Sign On AB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1759</CharactersWithSpaces>
+  <CharactersWithSpaces>1862</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6684709</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.1177.se/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>