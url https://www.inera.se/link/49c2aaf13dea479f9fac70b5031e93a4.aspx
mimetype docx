--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -1,354 +1,395 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1E019C09" w14:textId="23DAC81E" w:rsidR="001A6D1F" w:rsidRPr="00D51BF3" w:rsidRDefault="001A6D1F" w:rsidP="00A25265">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D51BF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Blankett för anslutning till Stöd och behandling</w:t>
       </w:r>
       <w:r w:rsidR="00B4454C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Privata vårdgivare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E019C0B" w14:textId="2EED51FA" w:rsidR="003936FD" w:rsidRPr="00D51BF3" w:rsidRDefault="00896336" w:rsidP="00896336">
+    <w:p w14:paraId="1E019C0B" w14:textId="56D75AEB" w:rsidR="003936FD" w:rsidRDefault="00896336" w:rsidP="00896336">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51BF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Syftet med denna blankett är att den nationella förvaltningen på 1177 Vårdguiden ska kunna</w:t>
+        <w:t>Syftet med denna blankett är att den nationella förvaltningen på 1177 ska kunna</w:t>
       </w:r>
       <w:r w:rsidR="009A4427" w:rsidRPr="00D51BF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> aktivera</w:t>
       </w:r>
       <w:r w:rsidR="00221B9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> en privat</w:t>
       </w:r>
       <w:r w:rsidR="009A4427" w:rsidRPr="00D51BF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vårdgivare och tilldela roll Vårdgivaradministratör i Stöd och behandling. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D51BF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3D3E2FD3" w14:textId="77777777" w:rsidR="00A833D0" w:rsidRPr="00D51BF3" w:rsidRDefault="00A833D0" w:rsidP="00896336">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="67"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8664"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D51BF3" w:rsidRPr="00D51BF3" w14:paraId="1E019C0E" w14:textId="77777777" w:rsidTr="00D51BF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8664" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7507BA90" w14:textId="2A78530E" w:rsidR="00A53463" w:rsidRDefault="007E5588" w:rsidP="00221B9D">
+          <w:p w14:paraId="7507BA90" w14:textId="703CBEED" w:rsidR="00A53463" w:rsidRDefault="007E5588" w:rsidP="00221B9D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Vårdgivare</w:t>
             </w:r>
             <w:r w:rsidR="007D0D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> och vårdenhet</w:t>
             </w:r>
             <w:r w:rsidR="001D2976">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Namn på vårdgivare:</w:t>
+            </w:r>
+            <w:r w:rsidR="00224694">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1926380023"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00221B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00D51BF3" w:rsidRPr="00D51BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Fullständigt HSA-id</w:t>
             </w:r>
             <w:r w:rsidR="001C2617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00C13E88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D51BF3" w:rsidRPr="0031068B">
+            <w:r w:rsidR="00D51BF3" w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D51BF3" w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00C50A12" w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0031068B" w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ex</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D51BF3" w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D51BF3" w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SEXXXXXXXXX-XXXX)</w:t>
+            </w:r>
+            <w:r w:rsidR="00343197">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(t</w:t>
-[...13 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...12 lines deleted...]
-              <w:t>)</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="125517964"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="51EC3015" w14:textId="613A17E7" w:rsidR="00F0546F" w:rsidRDefault="007D0D1E" w:rsidP="00221B9D">
+          <w:p w14:paraId="51EC3015" w14:textId="63597584" w:rsidR="00F0546F" w:rsidRDefault="007D0D1E" w:rsidP="00221B9D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Namn på vård</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>enhet som ska ansluta</w:t>
             </w:r>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00224694">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1162740801"/>
                 <w:placeholder>
                   <w:docPart w:val="B0DBDA99402946079DA97A655D33B7FD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00221B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D51BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Fullständigt HSA-id</w:t>
             </w:r>
@@ -370,105 +411,141 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">vårdenhet som ska </w:t>
             </w:r>
             <w:r w:rsidR="00221B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>startas i Stöd och behandling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="0031068B">
+            <w:r w:rsidR="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00343197" w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ex</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A85C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SEXXXXXXXXX-XXXX)</w:t>
+            </w:r>
+            <w:r w:rsidR="00343197">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(t.ex.</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...12 lines deleted...]
-              <w:t>)</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1771902931"/>
                 <w:placeholder>
                   <w:docPart w:val="B0DBDA99402946079DA97A655D33B7FD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1E019C0D" w14:textId="71DD7F9B" w:rsidR="007D0D1E" w:rsidRPr="007D0D1E" w:rsidRDefault="00221B9D" w:rsidP="007D0D1E">
+          <w:p w14:paraId="1E019C0D" w14:textId="479E4FBF" w:rsidR="007D0D1E" w:rsidRPr="007D0D1E" w:rsidRDefault="00221B9D" w:rsidP="007D0D1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve">OBS! </w:t>
             </w:r>
             <w:r w:rsidR="007D0D1E" w:rsidRPr="003936FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Vid anslutning av privata vårdgivare:</w:t>
             </w:r>
             <w:r w:rsidR="007D0D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -479,51 +556,77 @@
               </w:rPr>
               <w:t>Den tekniska lösningen för Stöd och behandling medger inte att en vårdgivare och</w:t>
             </w:r>
             <w:r w:rsidR="007D0D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> en vårdenhet har samma HSA-id</w:t>
             </w:r>
             <w:r w:rsidR="007D0D1E" w:rsidRPr="003936FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>, även fast det är möjligt enligt HSA. När du anger vilken vårdgivar</w:t>
             </w:r>
             <w:r w:rsidR="007D0D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">e som ska anslutas </w:t>
             </w:r>
             <w:r w:rsidR="007D0D1E" w:rsidRPr="003936FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>måste du kontrollera i HSA katalogen att den privata vårdgivaren inte har samma HSA-id som de enheter som sedan ska startas i Stöd och behandling av vårdgivaradministratören.</w:t>
+              <w:t>måste du kontrollera i HSA</w:t>
+            </w:r>
+            <w:r w:rsidR="00861028">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0D1E" w:rsidRPr="003936FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">katalogen att den privata vårdgivaren </w:t>
+            </w:r>
+            <w:r w:rsidR="007D0D1E" w:rsidRPr="00861028">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>inte</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0D1E" w:rsidRPr="003936FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> har samma HSA-id som de enheter som sedan ska startas i Stöd och behandling av vårdgivaradministratören.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D51BF3" w:rsidRPr="00D51BF3" w14:paraId="1E019C18" w14:textId="77777777" w:rsidTr="00D51BF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8664" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E019C0F" w14:textId="77777777" w:rsidR="00937363" w:rsidRDefault="00D51BF3" w:rsidP="00D51BF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Vårdgivaradministratör</w:t>
             </w:r>
@@ -552,981 +655,1035 @@
               </w:rPr>
               <w:t>(ange minst två</w:t>
             </w:r>
             <w:r w:rsidR="00937363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="00937363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vårdgivaradministratören startar vårdenheter, aktiverar nya versioner av moment i Stöd och behandling inom vårdgivarens organisation och tilldelar rollen behörighetsadministratör.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E019C10" w14:textId="77777777" w:rsidR="00D51BF3" w:rsidRPr="007E5588" w:rsidRDefault="00937363" w:rsidP="00D51BF3">
+          <w:p w14:paraId="1E019C10" w14:textId="662AD8BE" w:rsidR="00D51BF3" w:rsidRPr="007E5588" w:rsidRDefault="00937363" w:rsidP="00D51BF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>En av vårdgivaradministratörerna agerar även</w:t>
             </w:r>
             <w:r w:rsidR="00D51BF3" w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kontaktperson för nationella förvaltningen på 1177 Vårdguiden</w:t>
+              <w:t xml:space="preserve"> kontaktperson för nationella förvaltningen på 1177</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> och privata innehållsleverantörer.</w:t>
             </w:r>
             <w:r w:rsidR="00D51BF3" w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Det innebär t.ex. att svara för </w:t>
+              <w:t xml:space="preserve">Det innebär </w:t>
+            </w:r>
+            <w:r w:rsidR="001907AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>till exempel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> att svara för </w:t>
             </w:r>
             <w:r w:rsidR="00D51BF3" w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">den årliga revisionen av vårdgivarens avtal med </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dessa</w:t>
             </w:r>
             <w:r w:rsidR="00F94105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E019C14" w14:textId="14CDBF5D" w:rsidR="00D51BF3" w:rsidRPr="007E5588" w:rsidRDefault="00D51BF3" w:rsidP="00221B9D">
+          <w:p w14:paraId="1E019C14" w14:textId="4B90F50E" w:rsidR="00D51BF3" w:rsidRPr="007E5588" w:rsidRDefault="00D51BF3" w:rsidP="00221B9D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Namn</w:t>
             </w:r>
             <w:r w:rsidR="00937363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00937363" w:rsidRPr="00443BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(kontaktperson)</w:t>
             </w:r>
             <w:r w:rsidRPr="00443BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="006A23CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1328590714"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D76F29" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00221B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00333E64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Fullständigt </w:t>
             </w:r>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>HSA-id:</w:t>
+            </w:r>
+            <w:r w:rsidR="006A23CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1832097197"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D76F29" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00221B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>E-postadress:</w:t>
+            </w:r>
+            <w:r w:rsidR="006A23CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2025510641"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D76F29" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1E019C17" w14:textId="068A22BA" w:rsidR="00D51BF3" w:rsidRPr="00D76F29" w:rsidRDefault="00D51BF3" w:rsidP="00221B9D">
+          <w:p w14:paraId="1E019C17" w14:textId="2D04A713" w:rsidR="00D51BF3" w:rsidRPr="00D76F29" w:rsidRDefault="00D51BF3" w:rsidP="00221B9D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Namn:</w:t>
+            </w:r>
+            <w:r w:rsidR="006A23CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1387759058"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D76F29" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00221B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00DB559A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Fullständigt </w:t>
             </w:r>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>HSA-id:</w:t>
+            </w:r>
+            <w:r w:rsidR="001A2690">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="415984187"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D76F29" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00221B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="007E5588">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>E-postadress:</w:t>
             </w:r>
             <w:r w:rsidR="00D76F29">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-779942650"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D76F29" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D51BF3" w:rsidRPr="00D51BF3" w14:paraId="1E019C1C" w14:textId="77777777" w:rsidTr="00D51BF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8664" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E019C19" w14:textId="2FDF70C4" w:rsidR="00D51BF3" w:rsidRPr="007E5588" w:rsidRDefault="007D0D1E" w:rsidP="00D51BF3">
+          <w:p w14:paraId="1E019C19" w14:textId="713457CE" w:rsidR="00D51BF3" w:rsidRPr="007E5588" w:rsidRDefault="006A23CB" w:rsidP="00D51BF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Landstinget/regionen har tjänsteavtal</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EA7D8A">
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> med Inera</w:t>
-            </w:r>
+              <w:t>egionen har tjänsteavtal</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA7D8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> med </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EA7D8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Inera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="1E019C1A" w14:textId="77777777" w:rsidR="00E7190C" w:rsidRPr="00E7190C" w:rsidRDefault="00E7190C" w:rsidP="00D51BF3">
+          <w:p w14:paraId="1E019C1A" w14:textId="03585EAA" w:rsidR="00E7190C" w:rsidRPr="00E7190C" w:rsidRDefault="00E7190C" w:rsidP="00D51BF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7190C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ja</w:t>
+            </w:r>
+            <w:r w:rsidR="007D091C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="952983614"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004E7CAD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00E7190C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej</w:t>
+            </w:r>
+            <w:r w:rsidR="007D091C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2139945431"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004E7CAD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1E019C1B" w14:textId="77777777" w:rsidR="00D51BF3" w:rsidRPr="00E7190C" w:rsidRDefault="00D51BF3" w:rsidP="00D51BF3">
+          <w:p w14:paraId="1E019C1B" w14:textId="6009C45A" w:rsidR="00D51BF3" w:rsidRPr="00E7190C" w:rsidRDefault="00D51BF3" w:rsidP="00D51BF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7190C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kommentar:</w:t>
+            </w:r>
+            <w:r w:rsidR="006A23CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1823771538"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E7190C" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D51BF3" w:rsidRPr="00D51BF3" w14:paraId="1E019C20" w14:textId="77777777" w:rsidTr="00D51BF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8664" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E019C1D" w14:textId="77777777" w:rsidR="00D51BF3" w:rsidRPr="00D51BF3" w:rsidRDefault="00D51BF3" w:rsidP="00D51BF3">
-            <w:pPr>
+          <w:p w14:paraId="2E51BBC9" w14:textId="77777777" w:rsidR="001B462E" w:rsidRDefault="001B462E" w:rsidP="001B462E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>Underskrift ansvarig regionnivå:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109DE1DE" w14:textId="77777777" w:rsidR="001B462E" w:rsidRPr="00AC5406" w:rsidRDefault="001B462E" w:rsidP="001B462E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Underskrift ansvarig</w:t>
-[...4 lines deleted...]
-                <w:b/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...60 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>…………………………………………………</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E019C1E" w14:textId="77777777" w:rsidR="00D51BF3" w:rsidRPr="00BE01F5" w:rsidRDefault="00D51BF3" w:rsidP="00D51BF3">
+          <w:p w14:paraId="1E019C1E" w14:textId="049EED7F" w:rsidR="00D51BF3" w:rsidRPr="00BE01F5" w:rsidRDefault="00D51BF3" w:rsidP="00D51BF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE01F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Namnförtydligande:</w:t>
+            </w:r>
+            <w:r w:rsidR="006A23CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1753238536"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE01F5" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1E019C1F" w14:textId="77777777" w:rsidR="00D51BF3" w:rsidRPr="00D51BF3" w:rsidRDefault="00D51BF3" w:rsidP="00D51BF3">
+          <w:p w14:paraId="1E019C1F" w14:textId="71BE98C5" w:rsidR="00D51BF3" w:rsidRPr="00D51BF3" w:rsidRDefault="00D51BF3" w:rsidP="00D51BF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE01F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>E-postadress ansvarig:</w:t>
+            </w:r>
+            <w:r w:rsidR="006A23CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:id w:val="742762959"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE01F5" w:rsidRPr="0092053D">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>Klicka här för att ange text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37E471F9" w14:textId="77777777" w:rsidR="00E0793E" w:rsidRDefault="00E0793E" w:rsidP="001A6D1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E019C21" w14:textId="5936E641" w:rsidR="0066340B" w:rsidRPr="00CA274F" w:rsidRDefault="0066340B" w:rsidP="001A6D1F">
+    <w:p w14:paraId="221562B9" w14:textId="77777777" w:rsidR="00075087" w:rsidRDefault="00075087" w:rsidP="00075087">
       <w:pPr>
         <w:rPr>
-          <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE01F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Blankett</w:t>
       </w:r>
-      <w:r w:rsidR="00CA274F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>en</w:t>
+        <w:t xml:space="preserve">en skickas in genom att skapa ett ärende via </w:t>
       </w:r>
-      <w:r w:rsidR="00CC4293">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Ineras</w:t>
       </w:r>
-      <w:r w:rsidR="00CA274F">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> till</w:t>
+        <w:t xml:space="preserve"> kundportal</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE01F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="000A62D3" w:rsidRPr="00BE01F5">
+    </w:p>
+    <w:p w14:paraId="1E019C21" w14:textId="367EE289" w:rsidR="0066340B" w:rsidRPr="002B0002" w:rsidRDefault="00075087" w:rsidP="00075087">
+      <w:pPr>
         <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00597B18" w:rsidRPr="00D97DE2">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="008637E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
             <w:sz w:val="24"/>
           </w:rPr>
-          <w:t>stodochbehandling@1177.se</w:t>
+          <w:t>Inera</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="008637E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>kundportal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008637E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="0066340B" w:rsidRPr="00CA274F" w:rsidSect="00D33ABD">
+    <w:sectPr w:rsidR="0066340B" w:rsidRPr="002B0002" w:rsidSect="00D33ABD">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="568" w:left="1531" w:header="907" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61C27249" w14:textId="77777777" w:rsidR="00D625B7" w:rsidRDefault="00D625B7">
+    <w:p w14:paraId="27ABACC9" w14:textId="77777777" w:rsidR="008364DC" w:rsidRDefault="008364DC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA74D4E" w14:textId="77777777" w:rsidR="00D625B7" w:rsidRDefault="00D625B7"/>
+    <w:p w14:paraId="00105EC3" w14:textId="77777777" w:rsidR="008364DC" w:rsidRDefault="008364DC"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C0052C7" w14:textId="77777777" w:rsidR="00D625B7" w:rsidRDefault="00D625B7">
+    <w:p w14:paraId="742E9B08" w14:textId="77777777" w:rsidR="008364DC" w:rsidRDefault="008364DC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237454CA" w14:textId="77777777" w:rsidR="00D625B7" w:rsidRDefault="00D625B7"/>
+    <w:p w14:paraId="3AFE70BF" w14:textId="77777777" w:rsidR="008364DC" w:rsidRDefault="008364DC"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E019C30" w14:textId="77777777" w:rsidR="000933C3" w:rsidRDefault="000933C3">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1E019C31" w14:textId="77777777" w:rsidR="000933C3" w:rsidRDefault="000933C3"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9299" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6067"/>
       <w:gridCol w:w="3232"/>
     </w:tblGrid>
     <w:tr w:rsidR="002B73E9" w14:paraId="1E019C34" w14:textId="77777777" w:rsidTr="00661F3D">
       <w:trPr>
@@ -1539,149 +1696,186 @@
         <w:p w14:paraId="1E019C32" w14:textId="77777777" w:rsidR="002B73E9" w:rsidRPr="00882F9B" w:rsidRDefault="002B73E9" w:rsidP="00661F3D">
           <w:pPr>
             <w:pStyle w:val="1177-Sidfot"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">1177 </w:t>
           </w:r>
           <w:proofErr w:type="gramStart"/>
           <w:r>
             <w:t>Vårdguiden</w:t>
           </w:r>
           <w:r w:rsidRPr="000455AA">
             <w:rPr>
               <w:color w:val="AA112C"/>
             </w:rPr>
             <w:t xml:space="preserve">  |</w:t>
           </w:r>
           <w:proofErr w:type="gramEnd"/>
           <w:r w:rsidRPr="000455AA">
             <w:rPr>
               <w:color w:val="AA112C"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r>
-            <w:t>Besök: Södermalmsallé 36</w:t>
+            <w:t xml:space="preserve">Besök: Södermalmsallé </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r>
+            <w:t>36</w:t>
           </w:r>
           <w:r w:rsidRPr="000455AA">
             <w:rPr>
               <w:color w:val="AA112C"/>
             </w:rPr>
-            <w:t xml:space="preserve">  |  </w:t>
+            <w:t xml:space="preserve">  |</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="000455AA">
+            <w:rPr>
+              <w:color w:val="AA112C"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r w:rsidRPr="00817A96">
             <w:t>Box 175 33, 118 91 Stockholm</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3232" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1E019C33" w14:textId="77777777" w:rsidR="002B73E9" w:rsidRDefault="002B73E9" w:rsidP="00661F3D">
           <w:pPr>
             <w:pStyle w:val="1177-Sidfot"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="002B73E9" w14:paraId="1E019C37" w14:textId="77777777" w:rsidTr="00661F3D">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="220"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6067" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="1E019C35" w14:textId="77777777" w:rsidR="002B73E9" w:rsidRDefault="002B73E9" w:rsidP="00661F3D">
           <w:pPr>
             <w:pStyle w:val="1177-Sidfot"/>
           </w:pPr>
           <w:r>
-            <w:t xml:space="preserve">Tfn vx 08-123 132 </w:t>
+            <w:t xml:space="preserve">Tfn </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:t>vx</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:t xml:space="preserve"> 08-123 132 </w:t>
           </w:r>
           <w:proofErr w:type="gramStart"/>
           <w:r>
             <w:t>00</w:t>
           </w:r>
           <w:r w:rsidRPr="000455AA">
             <w:rPr>
               <w:color w:val="AA112C"/>
             </w:rPr>
             <w:t xml:space="preserve">  |</w:t>
           </w:r>
           <w:proofErr w:type="gramEnd"/>
           <w:r w:rsidRPr="000455AA">
             <w:rPr>
               <w:color w:val="AA112C"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
+          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="00882F9B">
             <w:t>www.1177.se</w:t>
           </w:r>
           <w:r w:rsidRPr="000455AA">
             <w:rPr>
               <w:color w:val="AA112C"/>
             </w:rPr>
-            <w:t xml:space="preserve">  |  </w:t>
+            <w:t xml:space="preserve">  |</w:t>
           </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="000455AA">
+            <w:rPr>
+              <w:color w:val="AA112C"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00882F9B">
-            <w:t>Organisationsnr 232100-0016</w:t>
+            <w:t>Organisationsnr</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00882F9B">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="00882F9B">
+            <w:t>232100-0016</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3232" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="1E019C36" w14:textId="621B28B2" w:rsidR="002B73E9" w:rsidRPr="00C306D1" w:rsidRDefault="002B73E9" w:rsidP="00661F3D">
           <w:pPr>
             <w:pStyle w:val="1177-Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1E019C38" w14:textId="77777777" w:rsidR="002B73E9" w:rsidRPr="00F65B44" w:rsidRDefault="002B73E9" w:rsidP="002B73E9">
     <w:pPr>
       <w:pStyle w:val="1177-Sidfot"/>
       <w:spacing w:line="20" w:lineRule="exact"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9299" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9299"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E0793E" w:rsidRPr="00882F9B" w14:paraId="5A28FC8F" w14:textId="77777777" w:rsidTr="00A936E5">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="220"/>
@@ -1701,72 +1895,72 @@
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="220"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6067" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="716DF055" w14:textId="707CB0BF" w:rsidR="00E0793E" w:rsidRDefault="00E0793E" w:rsidP="00E0793E">
           <w:pPr>
             <w:pStyle w:val="1177-Sidfot"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="779125BF" w14:textId="77777777" w:rsidR="00E0793E" w:rsidRDefault="00E0793E">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26284882" w14:textId="77777777" w:rsidR="00D625B7" w:rsidRDefault="00D625B7">
+    <w:p w14:paraId="19D9D4C9" w14:textId="77777777" w:rsidR="008364DC" w:rsidRDefault="008364DC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72725FB1" w14:textId="77777777" w:rsidR="00D625B7" w:rsidRDefault="00D625B7"/>
+    <w:p w14:paraId="54C4D0BA" w14:textId="77777777" w:rsidR="008364DC" w:rsidRDefault="008364DC"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00EB273C" w14:textId="77777777" w:rsidR="00D625B7" w:rsidRDefault="00D625B7">
+    <w:p w14:paraId="0F4FE003" w14:textId="77777777" w:rsidR="008364DC" w:rsidRDefault="008364DC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584CE530" w14:textId="77777777" w:rsidR="00D625B7" w:rsidRDefault="00D625B7"/>
+    <w:p w14:paraId="06518479" w14:textId="77777777" w:rsidR="008364DC" w:rsidRDefault="008364DC"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E019C2B" w14:textId="77777777" w:rsidR="000933C3" w:rsidRDefault="002F5BD5">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E019C3A" wp14:editId="1E019C3B">
           <wp:extent cx="2943225" cy="8877300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="9" name="Bild 1" descr="Wave_WhiteToRed_RGB"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Wave_WhiteToRed_RGB"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -1839,51 +2033,51 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5753100" cy="2876550"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="1E019C2C" w14:textId="77777777" w:rsidR="000933C3" w:rsidRDefault="000933C3"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9356" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9356"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D40125" w14:paraId="1E019C2E" w14:textId="77777777" w:rsidTr="00E00351">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="400"/>
@@ -2078,291 +2272,143 @@
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Bildobjekt 19" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:2032;top:5283;width:10905;height:4335;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABMKbabDAAAA2wAAAA8AAABkcnMvZG93bnJldi54bWxET01rwkAQvRf8D8sI3urGglJTN6FWxBaK&#10;WCOCtyE7TYLZ2ZBdk/jvu4VCb/N4n7NKB1OLjlpXWVYwm0YgiHOrKy4UnLLt4zMI55E11pZJwZ0c&#10;pMnoYYWxtj1/UXf0hQgh7GJUUHrfxFK6vCSDbmob4sB929agD7AtpG6xD+Gmlk9RtJAGKw4NJTb0&#10;VlJ+Pd6Mgs/z7FTsD5fdor93H7xZZ9V8yJSajIfXFxCeBv8v/nO/6zB/Cb+/hANk8gMAAP//AwBQ&#10;SwECLQAUAAYACAAAACEABKs5XgABAADmAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQAIwxik1AAAAJMBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAASAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;cGljdHVyZXhtbC54bWxQSwECLQAUAAYACAAAACEAEwptpsMAAADbAAAADwAAAAAAAAAAAAAAAACf&#10;AgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA9wAAAI8DAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
                 <v:path arrowok="t"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1E019C39" w14:textId="77777777" w:rsidR="008D734A" w:rsidRDefault="006921FD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E019C39" w14:textId="7B79B8F1" w:rsidR="008D734A" w:rsidRDefault="00C4293E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...187 lines deleted...]
-      </mc:AlternateContent>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DE1A6BB" wp14:editId="7EF79771">
+          <wp:extent cx="921600" cy="360000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+          <wp:docPr id="1609926736" name="Bildobjekt 1" descr="En bild som visar röd, Teckensnitt, Grafik, design&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1609926736" name="Bildobjekt 1" descr="En bild som visar röd, Teckensnitt, Grafik, design&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="921600" cy="360000"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="rodfyrkant"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="grafyrkant"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:8pt;height:8pt" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:8pt;height:8pt" o:bullet="t">
         <v:imagedata r:id="rId3" o:title="rodfyrkant2"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4CE2FAF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="608C57AE"/>
@@ -6136,590 +6182,616 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8280"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1501627195">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1411657795">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1773354428">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1577088291">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="310136347">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1890416116">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="512573795">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1353140815">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1950891348">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="614600138">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="2127194246">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1938564176">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1048187883">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="958410776">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="411587589">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="456946931">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="462819423">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1460341009">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="357050185">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2098748806">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="21057167">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1558854119">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1114862783">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="480120456">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="681443343">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1385790865">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1934165196">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="173038455">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="946077845">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1574852016">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="810173437">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="685059155">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="2018536224">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="611397732">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="211234559">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1941569948">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1956209296">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1022046801">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1940137434">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="518397269">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1062409405">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="2093627308">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1933776832">
     <w:abstractNumId w:val="34"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049" fillcolor="white" strokecolor="#910000">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white" strokecolor="#910000">
       <v:fill color="white"/>
       <v:stroke color="#910000"/>
       <o:colormru v:ext="edit" colors="#910000"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="Beteckning" w:val="1177 dokumentmall"/>
     <w:docVar w:name="Ursprung" w:val="Sign On AB, 556706-2277"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="001A6D1F"/>
     <w:rsid w:val="0002739E"/>
     <w:rsid w:val="00033318"/>
     <w:rsid w:val="00035082"/>
     <w:rsid w:val="00037788"/>
     <w:rsid w:val="00043212"/>
     <w:rsid w:val="000455AA"/>
     <w:rsid w:val="00066C37"/>
     <w:rsid w:val="00072228"/>
+    <w:rsid w:val="00075087"/>
     <w:rsid w:val="000933C3"/>
     <w:rsid w:val="000A35F2"/>
     <w:rsid w:val="000A62D3"/>
     <w:rsid w:val="000B66EF"/>
     <w:rsid w:val="000C089E"/>
     <w:rsid w:val="000E41FD"/>
     <w:rsid w:val="0012613A"/>
     <w:rsid w:val="001445AC"/>
     <w:rsid w:val="00152689"/>
     <w:rsid w:val="00153227"/>
     <w:rsid w:val="00160940"/>
+    <w:rsid w:val="001613C1"/>
     <w:rsid w:val="00170E66"/>
     <w:rsid w:val="00175202"/>
     <w:rsid w:val="00176390"/>
+    <w:rsid w:val="001907AD"/>
+    <w:rsid w:val="001A2690"/>
     <w:rsid w:val="001A3327"/>
     <w:rsid w:val="001A6D1F"/>
     <w:rsid w:val="001B0B02"/>
     <w:rsid w:val="001B3709"/>
+    <w:rsid w:val="001B462E"/>
     <w:rsid w:val="001C0806"/>
     <w:rsid w:val="001C2617"/>
     <w:rsid w:val="001C6619"/>
     <w:rsid w:val="001D2976"/>
     <w:rsid w:val="001D527F"/>
     <w:rsid w:val="002100DA"/>
     <w:rsid w:val="002109D2"/>
     <w:rsid w:val="00221B9D"/>
     <w:rsid w:val="0022337B"/>
+    <w:rsid w:val="00224694"/>
     <w:rsid w:val="00224FF8"/>
     <w:rsid w:val="00246485"/>
     <w:rsid w:val="0025233D"/>
+    <w:rsid w:val="00252932"/>
     <w:rsid w:val="00252C5B"/>
     <w:rsid w:val="0025603E"/>
     <w:rsid w:val="00262444"/>
     <w:rsid w:val="00277D56"/>
     <w:rsid w:val="00282645"/>
     <w:rsid w:val="0028696B"/>
     <w:rsid w:val="00295B72"/>
     <w:rsid w:val="002A613A"/>
+    <w:rsid w:val="002B0002"/>
     <w:rsid w:val="002B401E"/>
     <w:rsid w:val="002B73E9"/>
     <w:rsid w:val="002F2705"/>
     <w:rsid w:val="002F5BD5"/>
     <w:rsid w:val="00306148"/>
     <w:rsid w:val="00306B93"/>
     <w:rsid w:val="0031068B"/>
     <w:rsid w:val="003139FE"/>
     <w:rsid w:val="003315D3"/>
     <w:rsid w:val="00332410"/>
     <w:rsid w:val="0033260B"/>
     <w:rsid w:val="00333E64"/>
     <w:rsid w:val="003379B3"/>
+    <w:rsid w:val="00343197"/>
     <w:rsid w:val="00346007"/>
     <w:rsid w:val="00352BAE"/>
     <w:rsid w:val="00353BDF"/>
     <w:rsid w:val="003641E8"/>
     <w:rsid w:val="0036454A"/>
     <w:rsid w:val="0036514D"/>
     <w:rsid w:val="00370E78"/>
     <w:rsid w:val="00390BB8"/>
     <w:rsid w:val="003936FD"/>
     <w:rsid w:val="003A2A19"/>
     <w:rsid w:val="003C0B36"/>
     <w:rsid w:val="003C1D4E"/>
     <w:rsid w:val="003C3F33"/>
     <w:rsid w:val="003D4DC5"/>
     <w:rsid w:val="003E0C98"/>
     <w:rsid w:val="003E62E6"/>
     <w:rsid w:val="003E7D61"/>
     <w:rsid w:val="003F3071"/>
     <w:rsid w:val="003F7660"/>
     <w:rsid w:val="00416070"/>
     <w:rsid w:val="00431D17"/>
     <w:rsid w:val="00443BC6"/>
     <w:rsid w:val="00460530"/>
     <w:rsid w:val="004611ED"/>
     <w:rsid w:val="00461698"/>
     <w:rsid w:val="00465872"/>
     <w:rsid w:val="00467C6F"/>
     <w:rsid w:val="004739D2"/>
     <w:rsid w:val="004744C7"/>
     <w:rsid w:val="004936DE"/>
     <w:rsid w:val="004A4CA6"/>
     <w:rsid w:val="004B23AC"/>
     <w:rsid w:val="004B38C1"/>
     <w:rsid w:val="004B40C5"/>
     <w:rsid w:val="004C7370"/>
     <w:rsid w:val="004D1695"/>
     <w:rsid w:val="004D3DBB"/>
+    <w:rsid w:val="004D4B74"/>
     <w:rsid w:val="004E38AA"/>
     <w:rsid w:val="004E7CAD"/>
+    <w:rsid w:val="004F1F41"/>
     <w:rsid w:val="00506703"/>
     <w:rsid w:val="00513E9C"/>
     <w:rsid w:val="00522B5D"/>
     <w:rsid w:val="005247C3"/>
     <w:rsid w:val="00530AA4"/>
     <w:rsid w:val="00553D5D"/>
     <w:rsid w:val="00566760"/>
     <w:rsid w:val="00572B18"/>
     <w:rsid w:val="0057440C"/>
     <w:rsid w:val="00580214"/>
     <w:rsid w:val="00597B18"/>
     <w:rsid w:val="005C6519"/>
     <w:rsid w:val="005E235D"/>
     <w:rsid w:val="005E4622"/>
     <w:rsid w:val="00600F18"/>
     <w:rsid w:val="00601BE0"/>
     <w:rsid w:val="00604E03"/>
+    <w:rsid w:val="00605266"/>
     <w:rsid w:val="00627CB1"/>
     <w:rsid w:val="00633BB6"/>
     <w:rsid w:val="00634D47"/>
     <w:rsid w:val="00643F1E"/>
+    <w:rsid w:val="0064493F"/>
     <w:rsid w:val="0066340B"/>
     <w:rsid w:val="00665200"/>
     <w:rsid w:val="00675D3C"/>
     <w:rsid w:val="00675F00"/>
     <w:rsid w:val="006810A5"/>
     <w:rsid w:val="006921FD"/>
     <w:rsid w:val="00693A13"/>
+    <w:rsid w:val="006A23CB"/>
     <w:rsid w:val="006B109D"/>
     <w:rsid w:val="006B6115"/>
     <w:rsid w:val="006C2567"/>
+    <w:rsid w:val="006C5619"/>
     <w:rsid w:val="006E16ED"/>
     <w:rsid w:val="006E2127"/>
     <w:rsid w:val="006E7AF7"/>
     <w:rsid w:val="00702991"/>
     <w:rsid w:val="00733DDB"/>
     <w:rsid w:val="00746600"/>
     <w:rsid w:val="00754232"/>
     <w:rsid w:val="00761784"/>
     <w:rsid w:val="007845EE"/>
     <w:rsid w:val="007915E9"/>
     <w:rsid w:val="00792963"/>
     <w:rsid w:val="00793E34"/>
     <w:rsid w:val="00796B3C"/>
     <w:rsid w:val="007A1A84"/>
     <w:rsid w:val="007A7F1D"/>
     <w:rsid w:val="007B2A16"/>
     <w:rsid w:val="007C716E"/>
+    <w:rsid w:val="007D091C"/>
     <w:rsid w:val="007D0D1E"/>
     <w:rsid w:val="007D4DC9"/>
     <w:rsid w:val="007E5588"/>
     <w:rsid w:val="007E62AA"/>
     <w:rsid w:val="007E7818"/>
     <w:rsid w:val="007F21A4"/>
     <w:rsid w:val="007F5F6A"/>
     <w:rsid w:val="008039C0"/>
     <w:rsid w:val="00804489"/>
     <w:rsid w:val="0080684D"/>
     <w:rsid w:val="00816DDB"/>
     <w:rsid w:val="0082303B"/>
     <w:rsid w:val="00832936"/>
     <w:rsid w:val="008337DB"/>
+    <w:rsid w:val="008364DC"/>
     <w:rsid w:val="008405D1"/>
     <w:rsid w:val="00853EB0"/>
     <w:rsid w:val="00860461"/>
+    <w:rsid w:val="00861028"/>
     <w:rsid w:val="00866ADF"/>
     <w:rsid w:val="00881797"/>
     <w:rsid w:val="00881D5B"/>
     <w:rsid w:val="00896336"/>
     <w:rsid w:val="008B2831"/>
     <w:rsid w:val="008C0297"/>
     <w:rsid w:val="008D199F"/>
     <w:rsid w:val="008D3B62"/>
     <w:rsid w:val="008D734A"/>
     <w:rsid w:val="008E5871"/>
     <w:rsid w:val="008F0F52"/>
     <w:rsid w:val="00904CB7"/>
     <w:rsid w:val="00937363"/>
     <w:rsid w:val="00954ED6"/>
     <w:rsid w:val="00976440"/>
     <w:rsid w:val="00993BC4"/>
     <w:rsid w:val="00997DFB"/>
     <w:rsid w:val="009A0973"/>
     <w:rsid w:val="009A187F"/>
     <w:rsid w:val="009A4427"/>
     <w:rsid w:val="009C3CC9"/>
     <w:rsid w:val="009C695A"/>
     <w:rsid w:val="009F0317"/>
     <w:rsid w:val="00A0007E"/>
     <w:rsid w:val="00A03AA4"/>
     <w:rsid w:val="00A05662"/>
     <w:rsid w:val="00A15EA7"/>
     <w:rsid w:val="00A25265"/>
     <w:rsid w:val="00A300F9"/>
     <w:rsid w:val="00A44358"/>
     <w:rsid w:val="00A53463"/>
     <w:rsid w:val="00A64129"/>
     <w:rsid w:val="00A67F3C"/>
     <w:rsid w:val="00A75320"/>
+    <w:rsid w:val="00A833D0"/>
     <w:rsid w:val="00A83B90"/>
+    <w:rsid w:val="00A85C65"/>
     <w:rsid w:val="00A906A2"/>
     <w:rsid w:val="00A96EF7"/>
     <w:rsid w:val="00A97D89"/>
     <w:rsid w:val="00AA391D"/>
     <w:rsid w:val="00AD16CD"/>
     <w:rsid w:val="00AE3101"/>
     <w:rsid w:val="00AE770C"/>
     <w:rsid w:val="00AF55A3"/>
     <w:rsid w:val="00B00F8F"/>
     <w:rsid w:val="00B01DC6"/>
     <w:rsid w:val="00B163CB"/>
     <w:rsid w:val="00B23327"/>
     <w:rsid w:val="00B252DD"/>
     <w:rsid w:val="00B37B3E"/>
     <w:rsid w:val="00B4454C"/>
     <w:rsid w:val="00B55085"/>
     <w:rsid w:val="00B704E9"/>
     <w:rsid w:val="00B73E17"/>
     <w:rsid w:val="00B810E8"/>
     <w:rsid w:val="00B9690A"/>
     <w:rsid w:val="00BC620F"/>
     <w:rsid w:val="00BD0774"/>
     <w:rsid w:val="00BE01F5"/>
     <w:rsid w:val="00C022C8"/>
     <w:rsid w:val="00C04A2A"/>
     <w:rsid w:val="00C04F92"/>
     <w:rsid w:val="00C0686B"/>
     <w:rsid w:val="00C13E88"/>
     <w:rsid w:val="00C228B3"/>
+    <w:rsid w:val="00C4293E"/>
+    <w:rsid w:val="00C50A12"/>
     <w:rsid w:val="00C528F4"/>
     <w:rsid w:val="00C5588F"/>
     <w:rsid w:val="00C6290A"/>
     <w:rsid w:val="00C634A3"/>
     <w:rsid w:val="00C636C8"/>
     <w:rsid w:val="00C650B3"/>
     <w:rsid w:val="00C768D7"/>
+    <w:rsid w:val="00C83B3F"/>
     <w:rsid w:val="00C877F1"/>
     <w:rsid w:val="00C9545F"/>
     <w:rsid w:val="00CA274F"/>
     <w:rsid w:val="00CA52B3"/>
     <w:rsid w:val="00CB251F"/>
     <w:rsid w:val="00CB2DE6"/>
     <w:rsid w:val="00CC098E"/>
     <w:rsid w:val="00CC4293"/>
     <w:rsid w:val="00CF5B58"/>
     <w:rsid w:val="00D0422B"/>
     <w:rsid w:val="00D13A09"/>
     <w:rsid w:val="00D33ABD"/>
     <w:rsid w:val="00D3682C"/>
     <w:rsid w:val="00D40125"/>
     <w:rsid w:val="00D5071B"/>
     <w:rsid w:val="00D51BF3"/>
     <w:rsid w:val="00D55B87"/>
     <w:rsid w:val="00D625B7"/>
     <w:rsid w:val="00D76F29"/>
     <w:rsid w:val="00D7732C"/>
+    <w:rsid w:val="00D93264"/>
     <w:rsid w:val="00D95526"/>
     <w:rsid w:val="00D97992"/>
     <w:rsid w:val="00DB00B8"/>
     <w:rsid w:val="00DB0944"/>
     <w:rsid w:val="00DB448F"/>
     <w:rsid w:val="00DB559A"/>
     <w:rsid w:val="00DC339C"/>
     <w:rsid w:val="00DD19D5"/>
     <w:rsid w:val="00DD346C"/>
     <w:rsid w:val="00DE2782"/>
     <w:rsid w:val="00DE29C2"/>
     <w:rsid w:val="00DE3024"/>
     <w:rsid w:val="00DE60C1"/>
     <w:rsid w:val="00DF12E0"/>
     <w:rsid w:val="00DF3E05"/>
     <w:rsid w:val="00E00351"/>
     <w:rsid w:val="00E02B5E"/>
     <w:rsid w:val="00E0793E"/>
     <w:rsid w:val="00E15AD2"/>
     <w:rsid w:val="00E172EF"/>
     <w:rsid w:val="00E375E4"/>
     <w:rsid w:val="00E54B44"/>
     <w:rsid w:val="00E550CA"/>
     <w:rsid w:val="00E57CFB"/>
     <w:rsid w:val="00E70C4E"/>
     <w:rsid w:val="00E7190C"/>
     <w:rsid w:val="00E72069"/>
     <w:rsid w:val="00E73EA9"/>
     <w:rsid w:val="00E95535"/>
+    <w:rsid w:val="00E95B46"/>
     <w:rsid w:val="00EA7D8A"/>
     <w:rsid w:val="00EB35A2"/>
     <w:rsid w:val="00ED1D70"/>
     <w:rsid w:val="00ED2D3A"/>
     <w:rsid w:val="00EF0A8B"/>
     <w:rsid w:val="00F0546F"/>
     <w:rsid w:val="00F33021"/>
     <w:rsid w:val="00F34F88"/>
     <w:rsid w:val="00F450E6"/>
     <w:rsid w:val="00F50B37"/>
     <w:rsid w:val="00F5488E"/>
     <w:rsid w:val="00F63C5C"/>
     <w:rsid w:val="00F64672"/>
     <w:rsid w:val="00F83DD4"/>
     <w:rsid w:val="00F90639"/>
     <w:rsid w:val="00F94105"/>
     <w:rsid w:val="00FD79DC"/>
     <w:rsid w:val="00FE03C3"/>
     <w:rsid w:val="00FE075B"/>
     <w:rsid w:val="00FE1040"/>
     <w:rsid w:val="00FE1359"/>
+    <w:rsid w:val="00FE59DC"/>
     <w:rsid w:val="00FF2093"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049" fillcolor="white" strokecolor="#910000">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white" strokecolor="#910000">
       <v:fill color="white"/>
       <v:stroke color="#910000"/>
       <o:colormru v:ext="edit" colors="#910000"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E019C08"/>
   <w15:docId w15:val="{36B67B8F-0B1F-4531-AB7A-20BA4397246D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6791,98 +6863,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
@@ -8151,83 +8226,83 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00C877F1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003139FE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stodochbehandling@1177.se" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inera.se/kontakta-oss/fragor-om-ineras-tjanster/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9758CB46-4578-484C-9B7F-F2534D654683}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C76B92" w:rsidRDefault="0062660B">
           <w:r w:rsidRPr="0092053D">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange text.</w:t>
           </w:r>
         </w:p>
@@ -8245,193 +8320,205 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E698D4EF-9E07-4D69-A791-AD3889415AA7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009B78C0" w:rsidRDefault="005E1D5B" w:rsidP="005E1D5B">
           <w:pPr>
             <w:pStyle w:val="B0DBDA99402946079DA97A655D33B7FD"/>
           </w:pPr>
           <w:r w:rsidRPr="0092053D">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0062660B"/>
+    <w:rsid w:val="000F77F9"/>
+    <w:rsid w:val="00252932"/>
     <w:rsid w:val="004105EE"/>
+    <w:rsid w:val="004D4B74"/>
+    <w:rsid w:val="004F1F41"/>
     <w:rsid w:val="005E1D5B"/>
+    <w:rsid w:val="00605266"/>
     <w:rsid w:val="0062660B"/>
     <w:rsid w:val="00706948"/>
     <w:rsid w:val="007E6F59"/>
     <w:rsid w:val="0080711F"/>
+    <w:rsid w:val="008074D0"/>
     <w:rsid w:val="00943AAE"/>
     <w:rsid w:val="009679E4"/>
     <w:rsid w:val="009B78C0"/>
     <w:rsid w:val="009E0282"/>
+    <w:rsid w:val="009F6E94"/>
     <w:rsid w:val="00AA0A74"/>
     <w:rsid w:val="00B26A80"/>
     <w:rsid w:val="00BD2755"/>
     <w:rsid w:val="00C63DAA"/>
     <w:rsid w:val="00C76B92"/>
     <w:rsid w:val="00DA26BF"/>
     <w:rsid w:val="00E54473"/>
     <w:rsid w:val="00ED0197"/>
     <w:rsid w:val="00EF5E5B"/>
     <w:rsid w:val="00F714CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8509,98 +8596,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -8827,51 +8917,51 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005E1D5B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0DBDA99402946079DA97A655D33B7FD">
     <w:name w:val="B0DBDA99402946079DA97A655D33B7FD"/>
     <w:rsid w:val="005E1D5B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="1177 Vårdguiden">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="AA112C"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4A9B00"/>
       </a:accent1>
       <a:accent2>
@@ -9139,83 +9229,83 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D65BEA22-4098-4923-A7B7-FB21A77FE8B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>274</Words>
-  <Characters>1864</Characters>
+  <Words>346</Words>
+  <Characters>1834</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>1177 dokumentmall</vt:lpstr>
       <vt:lpstr>1177 dokumentmall</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Sign On AB</Manager>
   <Company>Sign On AB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2104</CharactersWithSpaces>
+  <CharactersWithSpaces>2176</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6684709</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.1177.se/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>